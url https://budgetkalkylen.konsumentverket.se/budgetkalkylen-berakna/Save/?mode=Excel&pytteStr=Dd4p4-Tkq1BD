--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -148,51 +148,51 @@
   <si>
     <t xml:space="preserve">Fasta kostnader</t>
   </si>
   <si>
     <t xml:space="preserve">Rörliga kostnader</t>
   </si>
   <si>
     <t xml:space="preserve">Summa: Övriga kostnader</t>
   </si>
   <si>
     <t xml:space="preserve">1 500 kr/mån</t>
   </si>
   <si>
     <t xml:space="preserve">Hushållet har ett över-/underskott</t>
   </si>
   <si>
     <t xml:space="preserve">Inkomster och skatt</t>
   </si>
   <si>
     <t xml:space="preserve">Bostäder</t>
   </si>
   <si>
     <t xml:space="preserve">Lån, Fasta kostnader</t>
   </si>
   <si>
-    <t xml:space="preserve">Skapad: 2025-12-07</t>
+    <t xml:space="preserve">Skapad: 2025-12-13</t>
   </si>
   <si>
     <t xml:space="preserve">Min Budgetkalkyl</t>
   </si>
   <si>
     <t xml:space="preserve">Hushållet har ett överskott</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;kr&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0\ &quot;kr&quot;"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>